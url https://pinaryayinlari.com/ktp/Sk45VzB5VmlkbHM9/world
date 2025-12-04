--- v0 (2025-10-20)
+++ v1 (2025-12-04)
@@ -45,51 +45,63 @@
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Demo Yayınevi  Tanıtım Bülteni</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p/>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:pict>
+                <v:shape type="#_x0000_t75" stroked="f" style="width:200pt; height:313.0890052356pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
+                  <w10:wrap type="inline"/>
+                  <v:imagedata r:id="rId7" o:title=""/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Eser Adı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hilafet ve İmparatorluk Ekseninde Türkiye Merkezli Düşünmek</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
@@ -257,50 +269,82 @@
               <w:t xml:space="preserve">400,00 TL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kitap Tanıtım Yazısı : (Arka Kapak)</w:t>
             </w:r>
           </w:p>
           <w:p/>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Dünya sistemi 21 yüzyılda kapitalist ve modernist temellerini muhafaza edip yeni üretim ve tüketim biçimleri, ticari yönelimler, dijital tekno araçlar vasıtasıyla yeni bir hegemonya kurmanın eşiğinde.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">İktisadi ve ticari savaşların yanında küresel siyasi yapılar da her an radikal değişikliklere uğrayabilir.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Dünyanın, bilhassa Ortadoğu ve Akdeniz havzasının yeniden şekillendiği bir konjonktürde Müslümanların ne yapacakları, İslam ülkelerinin ve Türkiye’nin hangi kararları alacakları, kendilerini hangi kampa atacakları önem kazanıyor.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">İslam âleminde Batı’yı geriletme, küfürle çatışıp yenme, cihanşümul bakış, dünyaya nizam verme, tüm Müslümanlara ön yargısız yaklaşarak bir araya getirme, elinden gelen tüm maddi ve manevi imkânları ümmet için seferber etme, ekonomiden hukuk ve kültüre düzen fikri, her tür ırki asabiye, heterodoksi ve mezhepçiliğe mesafeli durma, asimilasyondan kaçınma, sağlam devlet mekanizması, askerî ve siyasi üstünlük, komplekssiz biçimde farklılıkları yaşatma deneyimi ve potansiyel yeteneği, Müslümanlığın verdiği üstünlüğü gösterebilme, ümmete hatta tüm gayrimüslim dünyaya hitap edebilme, iş yapabilme, asri olanı elde etmeye açıklık, kalkınmacılık Türkiye’yi merkez, öncü ülke kılıyor.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Türkiye elan imparatorluk misyonu ve mekanizmasını, uhdesindeki hilafet vazifesini ulus devlet formunda yürütmeye çalışıyor.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ercan Yıldırım Türkiye Merkezli Düşünmek kitabında yeni bir asır, zihniyet, küresel hegemonya mücadelesi doğarken Müslümanların değişen, nüfuz kullanımıyla örtüşen yeni imparatorluk ve hilafet anlayışı etrafında bir araya gelmesinin, Türkiye’nin öncülük sorumluluğunu yüklenmesinin imkânlarını anlatıyor.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitabın detay sayfasına buradan ulaşabilirsiniz : </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -322,51 +366,51 @@
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pınar Yayınları</w:t>
             </w:r>
           </w:p>
           <w:p/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:pict>
                 <v:shape type="#_x0000_t75" stroked="f" style="width:100pt; height:128.25923134891pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
                   <w10:wrap type="inline"/>
-                  <v:imagedata r:id="rId7" o:title=""/>
+                  <v:imagedata r:id="rId8" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023621703498065471649169921875" w:h="16837.7952755905498634092509746551513671875"/>
       <w:pgMar w:top="850" w:right="850" w:bottom="850" w:left="850" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
@@ -501,51 +545,51 @@
         <w:top w:w="240" w:type="dxa"/>
         <w:left w:w="240" w:type="dxa"/>
         <w:right w:w="240" w:type="dxa"/>
         <w:bottom w:w="240" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="12" w:color="000000"/>
         <w:left w:val="single" w:sz="12" w:color="000000"/>
         <w:right w:val="single" w:sz="12" w:color="000000"/>
         <w:bottom w:val="single" w:sz="12" w:color="000000"/>
         <w:insideH w:val="single" w:sz="12" w:color="000000"/>
         <w:insideV w:val="single" w:sz="12" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>