--- v1 (2025-12-04)
+++ v2 (2026-01-19)
@@ -32,51 +32,51 @@
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="TanitimBulteniTable"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Demo Yayınevi  Tanıtım Bülteni</w:t>
+              <w:t xml:space="preserve">Pınar Yayınları  Tanıtım Bülteni</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:pict>
                 <v:shape type="#_x0000_t75" stroked="f" style="width:200pt; height:313.0890052356pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
                   <w10:wrap type="inline"/>
                   <v:imagedata r:id="rId7" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
@@ -133,50 +133,64 @@
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cilt Bilgisi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AMERİKAN</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitap Dili: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Türkçe</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Eser Tipi: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Orjinal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">İç Sayfa: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">HOLMEN SB 60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>