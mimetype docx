--- v0 (2025-10-21)
+++ v1 (2025-12-06)
@@ -51,51 +51,51 @@
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Demo Yayınevi  Tanıtım Bülteni</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:pict>
-                <v:shape type="#_x0000_t75" stroked="f" style="width:200pt; height:313.77952755906pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
+                <v:shape type="#_x0000_t75" stroked="f" style="width:200pt; height:313.33333333333pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
                   <w10:wrap type="inline"/>
                   <v:imagedata r:id="rId7" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Eser Adı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">İslam´ın Tarih Sosyolojisi</w:t>
@@ -269,50 +269,97 @@
               <w:t xml:space="preserve">305,00 TL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kitap Tanıtım Yazısı : (Arka Kapak)</w:t>
             </w:r>
           </w:p>
           <w:p/>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">İslam "Tek Tanrı kavramı" (tevhid inancı) "kozmik düşünce" (Ahiret inancı) ve bir "sosyal/ahlaki düzen" bileşkesinde bütüncü bir yörünge ortaya koymuş, bu çerçevede fert ve toplum hayatını düzenlemeye yönelmiştir.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bu amaçla Mekke döneminde yeni bir fert, Medine'de bir toplum inşa etmiştir.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Toplumsal-kültürel (tarihi-ahlaki) çerçeve, birbirlerine paralel olarak bir süre yürümüş, ancak zamanla, özde farklı olan bu iki boyut birbiriyle özdeşleştirilmiş, gelişme dinamiği kaybolmuş, İslam'ın bütüncü algılanışı da yeterli olmamıştır.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Halbuki İslam her çağdaki toplumun ihtiyacına cevap verecek nitelikte bir dindir.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">O, potansiyel bir güçle doludur.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Yeter ki, İslam bir bütünlük içinde anlaşılsın ve tek yanlı eğilimlere indirgenmesin.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Çağdaş problemlerin çözümü İslam'ın asıl değerlerine götürülmek yerine sırf tarihi birikime havale edilmesin.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Esasen fevkalade gelişmiş bir araç-değer dünyası demek olan endüstri olgusunun, İslam'ın amaç-değer dünyasına, geçmiş toplumlardan daha çok ihtiyacı vardır.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">(Arka Kapak)</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitabın detay sayfasına buradan ulaşabilirsiniz : </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>