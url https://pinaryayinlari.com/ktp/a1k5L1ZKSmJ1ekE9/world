--- v1 (2026-01-19)
+++ v2 (2026-03-10)
@@ -283,80 +283,119 @@
               <w:t xml:space="preserve">400,00 TL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kitap Tanıtım Yazısı : (Arka Kapak)</w:t>
             </w:r>
           </w:p>
           <w:p/>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Dünyadaki gelişmeleri yorumlarken kadim bir izlek üzerinde hareket eden Türk insanının serüvenini anlamak elzem.</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Zira bu serüvene gelecekte yön verebilmek için mutlaka önce onu tanıyabilmekten geçiyor.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Olayları, olguları, fikirleri sadece günümüzdeki görünümleriyle değil arka planı ile kavramayı öne çıkaran Kelebek Etkisi Söyleşileri II, çok yönlü düşüncenin güncesi niteliğinde.</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Kitap, safsatalara, dil ve mantık oyunlarına dikkat çekerek dünyadaki ve Türkiyedeki gelişmelerin arka planına bakma niyetiyle yapılan sohbetlerden oluşuyor.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Alev Alatlı ile Ayşe Böhürlerin "Kelebek Etkisi" programındaki söyleşilerini içeren eser meseleleri bütüncül bakarak irdeliyor.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sinemadan endüstriye, kültürden irfana kadar fikirlerin izini süren sohbetler, Türkiyenin kendi kalarak akıl kurmaya çalışırken yaşadığı sorunları, kusurlu eğitimin açmazlarını ve hayallerin gerçek üzerine kurulması gerektiğini belirgin kılıyor.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Accountability, Peter Prensibi, Murphy Kanunları, karar alma süreçlerinde ihmal edilenler, hiyerarşik yapılanmaların sorunları, kıyameti çağıranlar, Frankistler, Amerikadaki aç bebekler, Kürt meselesindeki feodalizm çıkmazı sohbetlerde ele alınan konular arasında.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitabın detay sayfasına buradan ulaşabilirsiniz : </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">https://pinaryayinlari.com/kitaplar/kelebek-etkisi-soylesileri--2-196.html</w:t>
+              <w:t xml:space="preserve">https://pinaryayinlari.com/kitaplar/kelebek-etkisi-soylesileri-2-196.html</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pınar Yayınları</w:t>
             </w:r>